--- v0 (2025-10-08)
+++ v1 (2025-12-19)
@@ -57,51 +57,51 @@
   <si>
     <t>False</t>
   </si>
   <si>
     <t>Merry</t>
   </si>
   <si>
     <t>Lisel</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>5/6/1983</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Henry</t>
   </si>
   <si>
     <t>Crux</t>
   </si>
   <si>
-    <t>29</t>
+    <t>30</t>
   </si>
   <si>
     <t>11/19/1995</t>
   </si>
   <si>
     <t>True</t>
   </si>
   <si>
     <t>Cody</t>
   </si>
   <si>
     <t>Jurut</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>8/11/1975</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>Scranton</t>
   </si>