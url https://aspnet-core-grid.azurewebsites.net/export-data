--- v1 (2025-12-19)
+++ v2 (2026-01-10)
@@ -30,120 +30,120 @@
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Age</t>
   </si>
   <si>
     <t>Birthday</t>
   </si>
   <si>
     <t>Employed</t>
   </si>
   <si>
     <t>Joe</t>
   </si>
   <si>
     <t>Crosswave</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>1/5/1993</t>
+    <t>1/5/1994</t>
   </si>
   <si>
     <t>False</t>
   </si>
   <si>
     <t>Merry</t>
   </si>
   <si>
     <t>Lisel</t>
   </si>
   <si>
-    <t>42</t>
-[...2 lines deleted...]
-    <t>5/6/1983</t>
+    <t>41</t>
+  </si>
+  <si>
+    <t>5/6/1984</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Henry</t>
   </si>
   <si>
     <t>Crux</t>
   </si>
   <si>
-    <t>30</t>
-[...2 lines deleted...]
-    <t>11/19/1995</t>
+    <t>29</t>
+  </si>
+  <si>
+    <t>11/19/1996</t>
   </si>
   <si>
     <t>True</t>
   </si>
   <si>
     <t>Cody</t>
   </si>
   <si>
     <t>Jurut</t>
   </si>
   <si>
-    <t>50</t>
-[...2 lines deleted...]
-    <t>8/11/1975</t>
+    <t>49</t>
+  </si>
+  <si>
+    <t>8/11/1976</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>Scranton</t>
   </si>
   <si>
-    <t>35</t>
-[...2 lines deleted...]
-    <t>10/10/1990</t>
+    <t>34</t>
+  </si>
+  <si>
+    <t>10/10/1991</t>
   </si>
   <si>
     <t>Leena</t>
   </si>
   <si>
     <t>Laurent</t>
   </si>
   <si>
-    <t>20</t>
-[...2 lines deleted...]
-    <t>7/1/2005</t>
+    <t>19</t>
+  </si>
+  <si>
+    <t>7/1/2006</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>